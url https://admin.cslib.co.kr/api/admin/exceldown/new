--- v0 (2025-10-20)
+++ v1 (2026-01-07)
@@ -8,140 +8,161 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="37">
   <si>
     <t>사고 접수일자</t>
   </si>
   <si>
     <t>온라인 접수일자</t>
   </si>
   <si>
     <t>보험사 접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>회사명</t>
   </si>
   <si>
     <t>직원명</t>
   </si>
   <si>
     <t>직원 주민번호</t>
   </si>
   <si>
     <t>관계</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>피보험자 주민번호</t>
   </si>
   <si>
     <t>병명</t>
   </si>
   <si>
     <t>진행상태</t>
   </si>
   <si>
     <t>Claim 담당자</t>
   </si>
   <si>
-    <t>2025-10-20</t>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>공주시 어린이상해보험</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>전솔찬</t>
+  </si>
+  <si>
+    <t>220702-3073135</t>
+  </si>
+  <si>
+    <t>귓바퀴의 열린상처</t>
+  </si>
+  <si>
+    <t>신규</t>
+  </si>
+  <si>
+    <t>허유정</t>
+  </si>
+  <si>
+    <t>통영시 시민안전보험</t>
+  </si>
+  <si>
+    <t>이서현</t>
+  </si>
+  <si>
+    <t>070328-4836613</t>
+  </si>
+  <si>
+    <t>개물림</t>
   </si>
   <si>
     <t>통영시 어린이상해보험</t>
   </si>
   <si>
-    <t/>
-[...20 lines deleted...]
-    <t xml:space="preserve">발가락골절 </t>
+    <t>유성준</t>
+  </si>
+  <si>
+    <t>150530-3910516</t>
+  </si>
+  <si>
+    <t>이마의열린상처</t>
+  </si>
+  <si>
+    <t>노원구 구민안심보험</t>
+  </si>
+  <si>
+    <t>박새해</t>
+  </si>
+  <si>
+    <t>831020-2010611</t>
+  </si>
+  <si>
+    <t>요추 및 골반의 기타 및 상세불명 부분의 염좌 및 긴장</t>
   </si>
   <si>
     <t>부산진구 생활안전보험</t>
   </si>
   <si>
-    <t>이유림</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">우측 제5족지 골절 </t>
+    <t>박예든</t>
+  </si>
+  <si>
+    <t>190713-4110821</t>
+  </si>
+  <si>
+    <t>쇄골 몸통의 골절</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -478,51 +499,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:M7"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -553,146 +574,172 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>19</v>
       </c>
       <c r="M2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>19</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="J4" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>19</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L5" t="s">
         <v>19</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="L6" t="s">
         <v>19</v>
       </c>
       <c r="M6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>19</v>
+      </c>
+      <c r="M7" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>