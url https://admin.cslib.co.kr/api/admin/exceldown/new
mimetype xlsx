--- v1 (2026-01-07)
+++ v2 (2026-03-06)
@@ -8,161 +8,113 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>사고 접수일자</t>
   </si>
   <si>
     <t>온라인 접수일자</t>
   </si>
   <si>
     <t>보험사 접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>회사명</t>
   </si>
   <si>
     <t>직원명</t>
   </si>
   <si>
     <t>직원 주민번호</t>
   </si>
   <si>
     <t>관계</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>피보험자 주민번호</t>
   </si>
   <si>
     <t>병명</t>
   </si>
   <si>
     <t>진행상태</t>
   </si>
   <si>
     <t>Claim 담당자</t>
   </si>
   <si>
-    <t>2026-01-07</t>
-[...2 lines deleted...]
-    <t>공주시 어린이상해보험</t>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>신안군 군민안전보험</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>전솔찬</t>
-[...5 lines deleted...]
-    <t>귓바퀴의 열린상처</t>
+    <t>최수아</t>
+  </si>
+  <si>
+    <t>870719-2933523</t>
+  </si>
+  <si>
+    <t>염좌.타박상</t>
   </si>
   <si>
     <t>신규</t>
   </si>
   <si>
     <t>허유정</t>
-  </si>
-[...46 lines deleted...]
-    <t>쇄골 몸통의 골절</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -499,51 +451,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M7"/>
+  <dimension ref="A1:M2"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -566,180 +518,50 @@
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
         <v>19</v>
       </c>
       <c r="M2" t="s">
-        <v>20</v>
-[...128 lines deleted...]
-      <c r="M7" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>